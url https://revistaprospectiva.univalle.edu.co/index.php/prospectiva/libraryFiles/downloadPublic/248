--- v0 (2025-10-25)
+++ v1 (2025-12-07)
@@ -1,4288 +1,3940 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="24A380BE" w14:textId="092518E7" w:rsidR="00BC4E32" w:rsidRPr="001F1B5D" w:rsidRDefault="00BC4E32">
+    <w:p w14:paraId="4226AC6F" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="2F8EC574" w14:textId="7DBF81C3" w:rsidR="00BC4E32" w:rsidRPr="00247B73" w:rsidRDefault="00141912" w:rsidP="00247B73">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60B1EEB8" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="150E925C" w14:textId="77777777" w:rsidR="007E2477" w:rsidRPr="001F1B5D" w:rsidRDefault="007E2477" w:rsidP="007E2477">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Con el fin de mantener una base de datos de quienes contribuyen con sus aportes a la Revista, la siguiente es la información que debe acompañar toda propuesta de publicación. Esta información se anexará a la contribución (artículo) que se envíe, en un archivo aparte.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2520053A" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+        <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="274C3AF7" w14:textId="054C76BD" w:rsidR="00BC4E32" w:rsidRPr="001F1B5D" w:rsidRDefault="00141912" w:rsidP="00247B73">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="587549A0" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A. DATOS DEL AUTOR/A (AUTORES)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...31 lines deleted...]
-          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="327EED9F" w14:textId="77777777" w:rsidR="00BC4E32" w:rsidRPr="001F1B5D" w:rsidRDefault="00BC4E32" w:rsidP="00247B73">
+    <w:p w14:paraId="26966AE0" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="4A6EC913" w14:textId="33098191" w:rsidR="00BC4E32" w:rsidRPr="001F1B5D" w:rsidRDefault="00141912" w:rsidP="00BC2357">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="738ECE7E" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F1B5D">
-[...18 lines deleted...]
-    <w:p w14:paraId="7C23B16B" w14:textId="5403DB86" w:rsidR="009A7FB3" w:rsidRPr="001F1B5D" w:rsidRDefault="009A7FB3" w:rsidP="00BC2357">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nombres: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48949DAD" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F1B5D">
-[...18 lines deleted...]
-    <w:p w14:paraId="1724AF5A" w14:textId="7E3D4648" w:rsidR="00BC4E32" w:rsidRPr="001F1B5D" w:rsidRDefault="00141912" w:rsidP="00BC2357">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Apellidos:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0871D0E4" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
-          <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001F1B5D">
-[...2 lines deleted...]
-          <w:lang w:val="es-CO"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>N°</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001F1B5D">
-[...24 lines deleted...]
-          <w:lang w:val="pt-PT"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de documento de identidad</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
-      <w:r w:rsidRPr="001F1B5D">
-[...14 lines deleted...]
-    <w:p w14:paraId="2F2879A5" w14:textId="72064684" w:rsidR="009A7FB3" w:rsidRPr="001F1B5D" w:rsidRDefault="00187D49" w:rsidP="00BC2357">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1167628B" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
-[...29 lines deleted...]
-    <w:p w14:paraId="2B43C34D" w14:textId="131E2466" w:rsidR="00BC4E32" w:rsidRPr="001F1B5D" w:rsidRDefault="00141912" w:rsidP="00BC2357">
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tipo de documento de identidad:              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="463C2C50" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
-[...29 lines deleted...]
-    <w:p w14:paraId="61A82BAD" w14:textId="2E6517C9" w:rsidR="00BC4E32" w:rsidRPr="001F1B5D" w:rsidRDefault="00F32772" w:rsidP="00BC2357">
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">País de nacimiento:                                                 Fecha de nacimiento:        /          /    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D7CCD49" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F1B5D">
-[...30 lines deleted...]
-    <w:p w14:paraId="0BA0695D" w14:textId="68F1504C" w:rsidR="00BC4E32" w:rsidRPr="001F1B5D" w:rsidRDefault="00141912" w:rsidP="00BC2357">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vinculación laboral/institucional: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07DC234B" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="0CA25E03" w14:textId="1F448790" w:rsidR="009A7FB3" w:rsidRPr="001F1B5D" w:rsidRDefault="009A7FB3" w:rsidP="00BC2357">
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cargo actual: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2342A972" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F1B5D">
-[...18 lines deleted...]
-    <w:p w14:paraId="26C96C17" w14:textId="77777777" w:rsidR="0060070A" w:rsidRPr="001F1B5D" w:rsidRDefault="0060070A" w:rsidP="00BC2357">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ciudad:                                                               País: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F6B52E7" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F1B5D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Teléfonos (código país y ciudad): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="423C9B1E" w14:textId="77777777" w:rsidR="00C814E4" w:rsidRPr="001F1B5D" w:rsidRDefault="0060070A" w:rsidP="00BC2357">
+    <w:p w14:paraId="6358559C" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Correo electrónico:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20D82A20" w14:textId="326405BB" w:rsidR="0060070A" w:rsidRPr="001F1B5D" w:rsidRDefault="0060070A" w:rsidP="00BC2357">
+    <w:p w14:paraId="4ED93EE0" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ORCID</w:t>
       </w:r>
-      <w:r w:rsidRPr="001F1B5D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
-      <w:r w:rsidRPr="001F1B5D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10D4A90A" w14:textId="712A56DD" w:rsidR="00F32772" w:rsidRPr="001F1B5D" w:rsidRDefault="007E41ED" w:rsidP="00BC2357">
+    <w:p w14:paraId="7F4E0537" w14:textId="1ABD8CB7" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...52 lines deleted...]
-        <w:sectPr w:rsidR="00532779" w:rsidRPr="001F1B5D" w:rsidSect="005B326B">
+          <w:bCs/>
+        </w:rPr>
+        <w:sectPr w:rsidR="007B259C">
           <w:headerReference w:type="even" r:id="rId9"/>
           <w:headerReference w:type="default" r:id="rId10"/>
           <w:footerReference w:type="even" r:id="rId11"/>
           <w:footerReference w:type="default" r:id="rId12"/>
           <w:headerReference w:type="first" r:id="rId13"/>
           <w:footerReference w:type="first" r:id="rId14"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="284" w:footer="709" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
-          <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7FF65C64" w14:textId="370EC232" w:rsidR="007E41ED" w:rsidRPr="007E41ED" w:rsidRDefault="007E41ED" w:rsidP="00247B73">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Es usted el autor/a de correspondencia</w:t>
+      </w:r>
+      <w:r w:rsidR="00B43620">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Sí      No </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F2B1A1F" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007E41ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Formación académica</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BA198B4" w14:textId="219F8678" w:rsidR="00BC4E32" w:rsidRPr="001F1B5D" w:rsidRDefault="00F32772" w:rsidP="00247B73">
+    <w:p w14:paraId="6395FCF0" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F1B5D">
-[...24 lines deleted...]
-    <w:p w14:paraId="3F0580A6" w14:textId="0E850D5A" w:rsidR="00587CB7" w:rsidRPr="001F1B5D" w:rsidRDefault="00F32772" w:rsidP="00247B73">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Título de Pregrado: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C156FC3" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
-[...29 lines deleted...]
-    <w:p w14:paraId="2707AC6C" w14:textId="3D4C23CA" w:rsidR="00E335B1" w:rsidRPr="001F1B5D" w:rsidRDefault="00E335B1" w:rsidP="00247B73">
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nombre del Programa: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D6D46E3" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
-[...18 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Universidad:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="003B681E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="003B681E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="003B681E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="003B681E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="003B681E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="003B681E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>País:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09535132" w14:textId="4414F258" w:rsidR="00E335B1" w:rsidRPr="001F1B5D" w:rsidRDefault="00E335B1" w:rsidP="00247B73">
+    <w:p w14:paraId="54452B09" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Fecha de inicio: Mes:            Año:            </w:t>
       </w:r>
-      <w:r w:rsidRPr="001F1B5D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Fecha de Grado: Mes:            Año:            </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="116C11FA" w14:textId="50ED8CA2" w:rsidR="00BC4E32" w:rsidRPr="001F1B5D" w:rsidRDefault="00F32772" w:rsidP="00247B73">
+    <w:p w14:paraId="7C90D76D" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
-[...23 lines deleted...]
-    <w:p w14:paraId="129574BA" w14:textId="0FBE39C9" w:rsidR="00E335B1" w:rsidRPr="001F1B5D" w:rsidRDefault="00F32772" w:rsidP="00247B73">
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Título de Postgrado:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BA564A9" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
-[...29 lines deleted...]
-    <w:p w14:paraId="0AABD0AD" w14:textId="59EEE821" w:rsidR="00E335B1" w:rsidRPr="001F1B5D" w:rsidRDefault="00E335B1" w:rsidP="00247B73">
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nombre del Programa: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73138F2B" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
-[...18 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Universidad:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="003B681E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="003B681E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="003B681E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="003B681E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="003B681E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="003B681E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...13 lines deleted...]
-    <w:p w14:paraId="197A5B5F" w14:textId="77777777" w:rsidR="00E335B1" w:rsidRPr="001F1B5D" w:rsidRDefault="00E335B1" w:rsidP="00247B73">
+        <w:t>País:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5068546A" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Fecha de inicio: Mes:            Año:            </w:t>
       </w:r>
-      <w:r w:rsidRPr="001F1B5D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Fecha de Grado: Mes:            Año:            </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ABEEF1C" w14:textId="77777777" w:rsidR="00BC4E32" w:rsidRPr="001F1B5D" w:rsidRDefault="00BC4E32" w:rsidP="00BC2357">
+    <w:p w14:paraId="4D7B40A5" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="19E7F0B2" w14:textId="31B57F0E" w:rsidR="00BC4E32" w:rsidRPr="001F1B5D" w:rsidRDefault="00141912" w:rsidP="00BC2357">
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C6BE77D" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
-[...194 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="es-CO"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B. DATOS SOBRE LA CONTRIBUCIÓN (ARTÍCULO) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="229C6F51" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si la propuesta de publicación es resultado de un proceso de investigación especificar: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22FB03D6" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El proyecto </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12CEEF07" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Nombre:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27B4A18E" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Institución donde se desarrolló(a):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57A69F66" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Periodo de duración:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E3DEB97" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Estado actual:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">en proceso: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>terminado:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1883CA0A" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12EA8E5E" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">C. FINANCIACIÓN </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1665B3AB" w14:textId="0E0E71EF" w:rsidR="00CC4863" w:rsidRPr="001F1B5D" w:rsidRDefault="00CC4863" w:rsidP="00BC2357">
+    <w:p w14:paraId="4B64707C" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
-[...8 lines deleted...]
-          <w:lang w:val="es-CO"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Recibió financiación para la producción de este artículo: SI____ NO___ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24A0D36C" w14:textId="33E56E57" w:rsidR="00CC4863" w:rsidRPr="001F1B5D" w:rsidRDefault="00CC4863" w:rsidP="00BC2357">
+    <w:p w14:paraId="673C11B2" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Institución que avala o financia: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67257D06" w14:textId="3E7AF062" w:rsidR="005B326B" w:rsidRPr="001F1B5D" w:rsidRDefault="00F36991" w:rsidP="00BC2357">
+    <w:p w14:paraId="067FD2E7" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
-[...48 lines deleted...]
-    <w:p w14:paraId="0A8AD931" w14:textId="5DF23494" w:rsidR="005B326B" w:rsidRPr="001F1B5D" w:rsidRDefault="005B326B" w:rsidP="00BC2357">
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Si no se recibió financiación, se realizará la siguiente declaración: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70CA9758" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="es-CO"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="es-CO"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="47C05BBB" w14:textId="5928CBC2" w:rsidR="005B326B" w:rsidRPr="001F1B5D" w:rsidRDefault="00DA6E5A" w:rsidP="00247B73">
+        </w:rPr>
+        <w:t>"(El/los autores) declaran que no recibieron recursos para la escritura o publicación de este artículo".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50209398" w14:textId="77777777" w:rsidR="00B43620" w:rsidRDefault="00B43620">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F1B5D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:p>
+    <w:p w14:paraId="271D0A59" w14:textId="74CBF91C" w:rsidR="007B259C" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:hanging="2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">. DATOS SOBRE LA CONTIRBUCIÓN (AUTORES) </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="65A5A1DA" w14:textId="49FBCF7A" w:rsidR="005B326B" w:rsidRDefault="005B326B" w:rsidP="00BC2357">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">D. DATOS SOBRE LA CONTIRBUCIÓN (AUTORES) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2022CA15" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:lang w:val="es-CO"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Cada autor debe seleccionar los roles que mejor representen sus contribuciones en la investigación, escritura y revisión de su manuscrito, de acuerdo con la taxonomía que establece </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001F1B5D">
-[...3 lines deleted...]
-          <w:lang w:val="es-CO"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>CRedIT</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001F1B5D">
-[...3 lines deleted...]
-          <w:lang w:val="es-CO"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C535B01" w14:textId="77777777" w:rsidR="00BC2357" w:rsidRPr="001F1B5D" w:rsidRDefault="00BC2357" w:rsidP="00BC2357">
+    <w:p w14:paraId="630F83FC" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-        </w:numPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71AF419F" w14:textId="77777777" w:rsidR="00B43620" w:rsidRDefault="00B43620">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:leftChars="0" w:left="426" w:firstLineChars="0" w:hanging="426"/>
-[...5 lines deleted...]
-        <w:sectPr w:rsidR="00BC2357" w:rsidSect="005B326B">
+        <w:ind w:hanging="2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00B43620">
           <w:headerReference w:type="default" r:id="rId15"/>
           <w:footerReference w:type="default" r:id="rId16"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="284" w:footer="709" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
-          <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76DE2FA8" w14:textId="04D70D7C" w:rsidR="005B326B" w:rsidRPr="001F1B5D" w:rsidRDefault="005B326B" w:rsidP="00BC2357">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w14:paraId="6B75613A" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:leftChars="0" w:left="426" w:firstLineChars="0" w:hanging="426"/>
-[...10 lines deleted...]
-          <w:lang w:val="es-CO"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Conceptualización</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F839227" w14:textId="77777777" w:rsidR="005B326B" w:rsidRPr="001F1B5D" w:rsidRDefault="005B326B" w:rsidP="00BC2357">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w14:paraId="111FE0A4" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:leftChars="0" w:left="426" w:firstLineChars="0" w:hanging="426"/>
-[...10 lines deleted...]
-          <w:lang w:val="es-CO"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Curaduría de datos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33133E73" w14:textId="77777777" w:rsidR="005B326B" w:rsidRPr="001F1B5D" w:rsidRDefault="005B326B" w:rsidP="00BC2357">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w14:paraId="0EF99CB8" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:leftChars="0" w:left="426" w:firstLineChars="0" w:hanging="426"/>
-[...10 lines deleted...]
-          <w:lang w:val="es-CO"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Análisis formal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62BE9783" w14:textId="77777777" w:rsidR="005B326B" w:rsidRPr="001F1B5D" w:rsidRDefault="005B326B" w:rsidP="00BC2357">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w14:paraId="18FDE79C" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:leftChars="0" w:left="426" w:firstLineChars="0" w:hanging="426"/>
-[...10 lines deleted...]
-          <w:lang w:val="es-CO"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Adquisición de recursos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="513DAB85" w14:textId="77777777" w:rsidR="005B326B" w:rsidRPr="001F1B5D" w:rsidRDefault="005B326B" w:rsidP="00BC2357">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w14:paraId="5FAAF7F4" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:leftChars="0" w:left="426" w:firstLineChars="0" w:hanging="426"/>
-[...10 lines deleted...]
-          <w:lang w:val="es-CO"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Investigación</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="157A3637" w14:textId="77777777" w:rsidR="005B326B" w:rsidRPr="001F1B5D" w:rsidRDefault="005B326B" w:rsidP="00BC2357">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w14:paraId="3CF732E4" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:leftChars="0" w:left="426" w:firstLineChars="0" w:hanging="426"/>
-[...10 lines deleted...]
-          <w:lang w:val="es-CO"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Metodología</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59E63264" w14:textId="77777777" w:rsidR="005B326B" w:rsidRPr="001F1B5D" w:rsidRDefault="005B326B" w:rsidP="00BC2357">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w14:paraId="72683A34" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:leftChars="0" w:left="426" w:firstLineChars="0" w:hanging="426"/>
-[...10 lines deleted...]
-          <w:lang w:val="es-CO"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Administración del proyecto</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E59F4BA" w14:textId="77777777" w:rsidR="005B326B" w:rsidRPr="001F1B5D" w:rsidRDefault="005B326B" w:rsidP="00BC2357">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w14:paraId="238DD3E1" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:leftChars="0" w:left="426" w:firstLineChars="0" w:hanging="426"/>
-[...10 lines deleted...]
-          <w:lang w:val="es-CO"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Recursos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40ED80AA" w14:textId="77777777" w:rsidR="005B326B" w:rsidRPr="001F1B5D" w:rsidRDefault="005B326B" w:rsidP="00BC2357">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w14:paraId="1306234D" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:leftChars="0" w:left="426" w:firstLineChars="0" w:hanging="426"/>
-[...10 lines deleted...]
-          <w:lang w:val="es-CO"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Software</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79C65FE9" w14:textId="77777777" w:rsidR="005B326B" w:rsidRPr="001F1B5D" w:rsidRDefault="005B326B" w:rsidP="00BC2357">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w14:paraId="6D84FC2A" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:leftChars="0" w:left="426" w:firstLineChars="0" w:hanging="426"/>
-[...10 lines deleted...]
-          <w:lang w:val="es-CO"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Supervisión</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="206E88BE" w14:textId="77777777" w:rsidR="005B326B" w:rsidRPr="001F1B5D" w:rsidRDefault="005B326B" w:rsidP="00BC2357">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w14:paraId="21CAC421" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:leftChars="0" w:left="426" w:firstLineChars="0" w:hanging="426"/>
-[...10 lines deleted...]
-          <w:lang w:val="es-CO"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Validación</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E95667A" w14:textId="77777777" w:rsidR="005B326B" w:rsidRPr="001F1B5D" w:rsidRDefault="005B326B" w:rsidP="00BC2357">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w14:paraId="7AD2FCFA" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:leftChars="0" w:left="426" w:firstLineChars="0" w:hanging="426"/>
-[...10 lines deleted...]
-          <w:lang w:val="es-CO"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Visualización</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31B7BA7E" w14:textId="77777777" w:rsidR="005B326B" w:rsidRPr="001F1B5D" w:rsidRDefault="005B326B" w:rsidP="00BC2357">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w14:paraId="0B3FFE9B" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:leftChars="0" w:left="426" w:firstLineChars="0" w:hanging="426"/>
-[...10 lines deleted...]
-          <w:lang w:val="es-CO"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Escritura (borrador original)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ACF13DF" w14:textId="77777777" w:rsidR="005B326B" w:rsidRPr="001F1B5D" w:rsidRDefault="005B326B" w:rsidP="00BC2357">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w14:paraId="3117367C" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:leftChars="0" w:left="426" w:firstLineChars="0" w:hanging="426"/>
-[...31 lines deleted...]
-        <w:sectPr w:rsidR="00BC2357" w:rsidSect="00BC2357">
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="007B259C">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="284" w:footer="709" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
-          <w:cols w:num="2" w:space="332"/>
-          <w:docGrid w:linePitch="326"/>
+          <w:cols w:num="2" w:space="720" w:equalWidth="0">
+            <w:col w:w="4874" w:space="332"/>
+            <w:col w:w="4874" w:space="0"/>
+          </w:cols>
         </w:sectPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="251CCD7F" w14:textId="5C615D37" w:rsidR="005B326B" w:rsidRPr="001F1B5D" w:rsidRDefault="005B326B" w:rsidP="005B326B">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Escritura (revisión del borrador y revisión/corrección)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6291F309" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="62A8BB5A" w14:textId="77777777" w:rsidR="00BC2357" w:rsidRDefault="005B326B" w:rsidP="005B326B">
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14257EC2" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+        <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:lang w:val="es-CO"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Las contribuciones de cada autor se deben escribir en un párrafo, en el que se registre el nombre de cada autor y sus roles según </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001F1B5D">
-[...3 lines deleted...]
-          <w:lang w:val="es-CO"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>CRediT</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001F1B5D">
-[...3 lines deleted...]
-          <w:lang w:val="es-CO"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, como lo mostramos a continuación: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44D735E5" w14:textId="07E22F97" w:rsidR="005B326B" w:rsidRPr="001F1B5D" w:rsidRDefault="005B326B" w:rsidP="005B326B">
+    <w:p w14:paraId="7D7C8DD2" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+        <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:lang w:val="es-CO"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00BC2357">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="es-CO"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="0F3B6165" w14:textId="77777777" w:rsidR="005B326B" w:rsidRPr="001F1B5D" w:rsidRDefault="005B326B" w:rsidP="005B326B">
+        </w:rPr>
+        <w:t>Juanito Pérez: conceptualización, análisis formal, investigación, recursos, supervisión, escritura (borrador original), escritura (revisión del borrador y revisión/corrección); Diana Rodríguez: curaduría de datos, análisis formal, adquisición de recursos, investigación, metodología, software, visualización, escritura (borrador original), escritura (revisión del borrador y revisión/corrección); Luisa Gómez: conceptualización, administración del proyecto, recursos, escritura (borrador original), escritura (revisión del borrador y revisión/corrección).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E59BE15" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="741412F1" w14:textId="77777777" w:rsidR="005B326B" w:rsidRPr="001F1B5D" w:rsidRDefault="005B326B" w:rsidP="005B326B">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43DDEACB" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:lang w:val="es-CO"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Los autores pueden seleccionar los roles que deseen, como se ha mencionado, los que mejor representen su contribución, y pueden repetirse los mismos roles en varios autores. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="151E997A" w14:textId="77777777" w:rsidR="00E622DE" w:rsidRPr="001F1B5D" w:rsidRDefault="00E622DE" w:rsidP="005B326B">
+    <w:p w14:paraId="33854C4F" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="18F48AB1" w14:textId="07A30F76" w:rsidR="00E622DE" w:rsidRPr="001F1B5D" w:rsidRDefault="00E622DE" w:rsidP="00752B7F">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BCD2F05" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+        <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:lang w:val="es-CO"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="204DE280" w14:textId="58AB1A08" w:rsidR="005B326B" w:rsidRPr="001F1B5D" w:rsidRDefault="005B326B" w:rsidP="007834AF">
+    <w:p w14:paraId="29918EC3" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+        <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="es-CO"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>D. DECLARACIÓN DE CONFLICTOS DE INTER</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="3CAB543E" w14:textId="77777777" w:rsidR="00FF2EF1" w:rsidRDefault="00FF2EF1" w:rsidP="007834AF">
+        <w:t>D. DECLARACIÓN DE CONFLICTOS DE INTERÉS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="501E8E4E" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="2C97D2B5" w14:textId="3382D17C" w:rsidR="005B326B" w:rsidRPr="001F1B5D" w:rsidRDefault="005B326B" w:rsidP="007834AF">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F461A68" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:lang w:val="es-CO"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Aquí los autores deben declarar si tienen algún tipo de relación comercial, profesional, académica o personal, actual o preexistente, que potencialmente pueda afectar su perspectiva o rol en el artículo. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EC00408" w14:textId="77777777" w:rsidR="008A5DC7" w:rsidRPr="001F1B5D" w:rsidRDefault="008A5DC7" w:rsidP="007834AF">
+    <w:p w14:paraId="7F6FD9F9" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="7894F320" w14:textId="139FEACE" w:rsidR="008A5DC7" w:rsidRPr="001F1B5D" w:rsidRDefault="008A5DC7" w:rsidP="007834AF">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="010A2FA1" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="es-CO"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="es-CO"/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> según corresponda: </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Marque con una X según corresponda: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
-[...1 lines deleted...]
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblStyle w:val="a"/>
+        <w:tblW w:w="10070" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5807"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="2137"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C4123B" w:rsidRPr="001F1B5D" w14:paraId="1C36BE6A" w14:textId="77777777" w:rsidTr="006241A4">
+      <w:tr w:rsidR="007B259C" w14:paraId="63AE9CD4" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5807" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D7C611F" w14:textId="5EC0C9A2" w:rsidR="00C4123B" w:rsidRPr="001F1B5D" w:rsidRDefault="00C4123B" w:rsidP="00FF2EF1">
+          <w:p w14:paraId="7ED1E4DD" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+              <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F1B5D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>Declaración</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67A6BCB3" w14:textId="13D12F41" w:rsidR="00C4123B" w:rsidRPr="001F1B5D" w:rsidRDefault="00C4123B" w:rsidP="00FF2EF1">
+          <w:p w14:paraId="5545E706" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+              <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F1B5D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>De acuerdo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2137" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02A20216" w14:textId="5B0E8E6E" w:rsidR="00C4123B" w:rsidRPr="001F1B5D" w:rsidRDefault="00C4123B" w:rsidP="00FF2EF1">
+          <w:p w14:paraId="75BCB668" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+              <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F1B5D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>En desacuerdo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C4123B" w:rsidRPr="001F1B5D" w14:paraId="4C8F4432" w14:textId="77777777" w:rsidTr="006241A4">
+      <w:tr w:rsidR="007B259C" w14:paraId="70544ED1" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5807" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B33B9BB" w14:textId="496D9C5B" w:rsidR="00C4123B" w:rsidRPr="001F1B5D" w:rsidRDefault="00C4123B" w:rsidP="00FF2EF1">
+          <w:p w14:paraId="3CC36455" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="0" w:hanging="2"/>
+              <w:ind w:hanging="2"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F1B5D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>"Los autores declaran que no tienen ningún conflicto de interés en la escritura o publicación de este artículo" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A6927E2" w14:textId="77777777" w:rsidR="00C4123B" w:rsidRPr="001F1B5D" w:rsidRDefault="00C4123B" w:rsidP="00FF2EF1">
+          <w:p w14:paraId="2EECD943" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+              <w:ind w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2137" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F2BC0C5" w14:textId="77777777" w:rsidR="00C4123B" w:rsidRPr="001F1B5D" w:rsidRDefault="00C4123B" w:rsidP="00FF2EF1">
+          <w:p w14:paraId="4F57A4A6" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+              <w:ind w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A5DC7" w:rsidRPr="001F1B5D" w14:paraId="4EFF9FAB" w14:textId="77777777" w:rsidTr="00C51801">
+      <w:tr w:rsidR="007B259C" w14:paraId="2CCBF204" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10070" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="447170C2" w14:textId="5AE9C5B1" w:rsidR="008A5DC7" w:rsidRPr="001F1B5D" w:rsidRDefault="008A5DC7" w:rsidP="00FF2EF1">
+          <w:p w14:paraId="6D6091F2" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+              <w:ind w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F1B5D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t xml:space="preserve">Si su respuesta anterior fue “Desacuerdo” declare el tipo de relación comercial, profesional, académica o personal que pueda ocasionar un conflicto de intereses: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A5DC7" w:rsidRPr="00FF2EF1" w14:paraId="60226C4D" w14:textId="77777777" w:rsidTr="00C51801">
+      <w:tr w:rsidR="007B259C" w14:paraId="166DA2D3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10070" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="451B128D" w14:textId="77777777" w:rsidR="008A5DC7" w:rsidRPr="00FF2EF1" w:rsidRDefault="008A5DC7" w:rsidP="00FF2EF1">
+          <w:p w14:paraId="27105C18" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+              <w:ind w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7837E821" w14:textId="77777777" w:rsidR="008A5DC7" w:rsidRPr="00FF2EF1" w:rsidRDefault="008A5DC7" w:rsidP="00FF2EF1">
+          <w:p w14:paraId="39A9D9FD" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+              <w:ind w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2BDD340C" w14:textId="77777777" w:rsidR="008A5DC7" w:rsidRPr="00FF2EF1" w:rsidRDefault="008A5DC7" w:rsidP="00FF2EF1">
+          <w:p w14:paraId="441C8D83" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+              <w:ind w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="70D8BC73" w14:textId="77777777" w:rsidR="005B326B" w:rsidRPr="001F1B5D" w:rsidRDefault="005B326B" w:rsidP="007834AF">
+    <w:p w14:paraId="070C3007" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="518E8973" w14:textId="74A7BEBF" w:rsidR="005B326B" w:rsidRDefault="007834AF" w:rsidP="007834AF">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="799B38EF" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="es-CO"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="es-CO"/>
-[...54 lines deleted...]
-    <w:p w14:paraId="5CDA0871" w14:textId="77777777" w:rsidR="00FF2EF1" w:rsidRDefault="00FF2EF1" w:rsidP="007834AF">
+        </w:rPr>
+        <w:t>E. DECLARACIÓN DE IMPLICACIONES ÉTICAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52E41219" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="628CEEEA" w14:textId="37128737" w:rsidR="008A5DC7" w:rsidRPr="001F1B5D" w:rsidRDefault="005B326B" w:rsidP="007834AF">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12972ADE" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:lang w:val="es-CO"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Si la investigación que antecede a este artículo implica algún tipo de manejo de información sensible o personal, o si tiene algún tipo de intervención en animales o seres humanos, se debe declarar, y sus implicaciones en la metodología o en el desarrollo particular de la investigación Si, por otro lado, no hay implicaciones éticas, también debe declararse. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F779003" w14:textId="77777777" w:rsidR="006241A4" w:rsidRPr="001F1B5D" w:rsidRDefault="006241A4" w:rsidP="007834AF">
+    <w:p w14:paraId="4C543BB2" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="7157F552" w14:textId="31CE7BBB" w:rsidR="006241A4" w:rsidRPr="001F1B5D" w:rsidRDefault="006241A4" w:rsidP="007834AF">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56830C94" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="es-CO"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>Marque con un X según corresponda:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
-[...1 lines deleted...]
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblStyle w:val="a0"/>
+        <w:tblW w:w="10070" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5636"/>
         <w:gridCol w:w="2297"/>
         <w:gridCol w:w="2137"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008A5DC7" w:rsidRPr="001F1B5D" w14:paraId="4E545D31" w14:textId="77777777" w:rsidTr="006241A4">
+      <w:tr w:rsidR="007B259C" w14:paraId="742BA188" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43A99C85" w14:textId="77777777" w:rsidR="008A5DC7" w:rsidRPr="001F1B5D" w:rsidRDefault="008A5DC7" w:rsidP="00FF2EF1">
+          <w:p w14:paraId="7C867FB3" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+              <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F1B5D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>Declaración</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2297" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CE67E7E" w14:textId="77777777" w:rsidR="008A5DC7" w:rsidRPr="001F1B5D" w:rsidRDefault="008A5DC7" w:rsidP="00FF2EF1">
+          <w:p w14:paraId="4EDDF27C" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+              <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F1B5D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>De acuerdo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2137" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="118FA25C" w14:textId="77777777" w:rsidR="008A5DC7" w:rsidRPr="001F1B5D" w:rsidRDefault="008A5DC7" w:rsidP="00FF2EF1">
+          <w:p w14:paraId="33AC4DA6" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+              <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F1B5D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>En desacuerdo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A5DC7" w:rsidRPr="001F1B5D" w14:paraId="09234414" w14:textId="77777777" w:rsidTr="006241A4">
+      <w:tr w:rsidR="007B259C" w14:paraId="54D6293B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5636" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CE95447" w14:textId="2D1D754D" w:rsidR="008A5DC7" w:rsidRPr="001F1B5D" w:rsidRDefault="008A5DC7" w:rsidP="00FF2EF1">
+          <w:p w14:paraId="48E0E281" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="0" w:hanging="2"/>
+              <w:ind w:hanging="2"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F1B5D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>"Los autores no tienen ningún tipo de implicación ética que se deba declarar en la escritura y publicación de este artículo" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2297" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E52EF20" w14:textId="77777777" w:rsidR="008A5DC7" w:rsidRPr="001F1B5D" w:rsidRDefault="008A5DC7" w:rsidP="00FF2EF1">
+          <w:p w14:paraId="765E51B1" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+              <w:ind w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2137" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EAC7578" w14:textId="77777777" w:rsidR="008A5DC7" w:rsidRPr="001F1B5D" w:rsidRDefault="008A5DC7" w:rsidP="00FF2EF1">
+          <w:p w14:paraId="1B70E38C" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+              <w:ind w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A5DC7" w:rsidRPr="001F1B5D" w14:paraId="37D105D1" w14:textId="77777777" w:rsidTr="001C2D1D">
+      <w:tr w:rsidR="007B259C" w14:paraId="7AFFDDB5" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10070" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="28F771AF" w14:textId="0ADC6CD4" w:rsidR="008A5DC7" w:rsidRPr="001F1B5D" w:rsidRDefault="008A5DC7" w:rsidP="00FF2EF1">
+          <w:p w14:paraId="36F89F31" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+              <w:ind w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F1B5D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="es-CO"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">: </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Si su respuesta anterior fue “Desacuerdo” declare las implicaciones éticas: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A5DC7" w:rsidRPr="00FF2EF1" w14:paraId="2AE0DBC4" w14:textId="77777777" w:rsidTr="001C2D1D">
+      <w:tr w:rsidR="007B259C" w14:paraId="60F795AD" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10070" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="470CCA69" w14:textId="77777777" w:rsidR="006241A4" w:rsidRPr="00FF2EF1" w:rsidRDefault="006241A4" w:rsidP="00FF2EF1">
+          <w:p w14:paraId="44E970D3" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+              <w:ind w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="574FC33E" w14:textId="77777777" w:rsidR="008A5DC7" w:rsidRPr="00FF2EF1" w:rsidRDefault="008A5DC7" w:rsidP="00FF2EF1">
+          <w:p w14:paraId="4A9A2319" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+              <w:ind w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2A02075A" w14:textId="77777777" w:rsidR="008A5DC7" w:rsidRPr="00FF2EF1" w:rsidRDefault="008A5DC7" w:rsidP="00FF2EF1">
+          <w:p w14:paraId="164144C2" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+              <w:ind w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="22F8469F" w14:textId="77777777" w:rsidR="00FF2EF1" w:rsidRDefault="00FF2EF1" w:rsidP="00B86EDC">
+    <w:p w14:paraId="1535E777" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+        <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76C591A7" w14:textId="019096DD" w:rsidR="00BC4E32" w:rsidRPr="007834AF" w:rsidRDefault="00141912" w:rsidP="00B86EDC">
+    <w:p w14:paraId="7115099D" w14:textId="77777777" w:rsidR="00C754B5" w:rsidRDefault="00C754B5">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6885F4D3" w14:textId="77777777" w:rsidR="00C754B5" w:rsidRDefault="00C754B5">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AB12864" w14:textId="4F1EB802" w:rsidR="007B259C" w:rsidRPr="00936EE1" w:rsidRDefault="00C754B5">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00936EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>F. DECLARACIÓN DE USO DE INTELIGENCIA ARTIFICIAL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0967516F" w14:textId="7770EB6E" w:rsidR="007B259C" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C754B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indique si se utilizó alguna herramienta de inteligencia artificial generativa (como </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C754B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ChatGPT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C754B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> u otr</w:t>
+      </w:r>
+      <w:r w:rsidR="00936EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00C754B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C754B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>) en la elaboración del artículo y responda los siguientes puntos</w:t>
+      </w:r>
+      <w:r w:rsidR="00B43620">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaalpie"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:footnoteReference w:id="4"/>
+      </w:r>
+      <w:r w:rsidRPr="00C754B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15C1F49D" w14:textId="77777777" w:rsidR="00C754B5" w:rsidRDefault="00C754B5">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5035"/>
+        <w:gridCol w:w="5035"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C754B5" w:rsidRPr="00C754B5" w14:paraId="46221A29" w14:textId="77777777" w:rsidTr="00C754B5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5035" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1397F0D7" w14:textId="1EAD71F6" w:rsidR="00C754B5" w:rsidRPr="00C754B5" w:rsidRDefault="00C754B5" w:rsidP="00936EE1">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>ITEM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5035" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46FF2B04" w14:textId="6CFF6E26" w:rsidR="00C754B5" w:rsidRPr="00C754B5" w:rsidRDefault="00936EE1" w:rsidP="00936EE1">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C754B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>RESPUESTA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C754B5" w14:paraId="4540145B" w14:textId="77777777" w:rsidTr="00936EE1">
+        <w:trPr>
+          <w:trHeight w:val="509"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5035" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25526B57" w14:textId="110F0344" w:rsidR="00C754B5" w:rsidRDefault="00C754B5" w:rsidP="00936EE1">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C754B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>El tipo de herramienta de IA utilizada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5035" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65ECB747" w14:textId="77777777" w:rsidR="00C754B5" w:rsidRDefault="00C754B5">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C754B5" w14:paraId="747D91C9" w14:textId="77777777" w:rsidTr="00C754B5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5035" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4659C0AC" w14:textId="569C4416" w:rsidR="00C754B5" w:rsidRDefault="00C754B5" w:rsidP="00936EE1">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C754B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Para qué propósito se empleó</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5035" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C41699C" w14:textId="77777777" w:rsidR="00C754B5" w:rsidRDefault="00C754B5">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C754B5" w14:paraId="6DCD5CDD" w14:textId="77777777" w:rsidTr="00C754B5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5035" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="104EBFA3" w14:textId="3F8CA419" w:rsidR="00C754B5" w:rsidRDefault="00C754B5" w:rsidP="00936EE1">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C754B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>En qué apartado del manuscrito se aplicó</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5035" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="381A8E2E" w14:textId="77777777" w:rsidR="00C754B5" w:rsidRDefault="00C754B5">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C754B5" w14:paraId="3E7A675F" w14:textId="77777777" w:rsidTr="00C754B5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5035" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78D56B5E" w14:textId="654734D5" w:rsidR="00C754B5" w:rsidRDefault="00C754B5" w:rsidP="00936EE1">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C754B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>En qué fase de la investigación se utilizó (e</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>jemplo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C754B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00B43620">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C754B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Conceptualización/Planificación, Ejecución/Técnica o Evaluación/Análisis)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5035" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E84FA13" w14:textId="77777777" w:rsidR="00C754B5" w:rsidRDefault="00C754B5">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C754B5" w14:paraId="05FB45A5" w14:textId="77777777" w:rsidTr="00C754B5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5035" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EECD27E" w14:textId="01D0A416" w:rsidR="00C754B5" w:rsidRPr="00C754B5" w:rsidRDefault="00C754B5" w:rsidP="00936EE1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C754B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Cómo se revisó y verificó el contenido generado por</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5035" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E53F56D" w14:textId="77777777" w:rsidR="00C754B5" w:rsidRDefault="00C754B5">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2E73E9AC" w14:textId="77777777" w:rsidR="00C754B5" w:rsidRPr="00C754B5" w:rsidRDefault="00C754B5">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E150E17" w14:textId="77777777" w:rsidR="00C754B5" w:rsidRDefault="00C754B5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17EF20C9" w14:textId="77777777" w:rsidR="00C754B5" w:rsidRDefault="00C754B5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CEC24C6" w14:textId="77777777" w:rsidR="00C754B5" w:rsidRDefault="00C754B5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CC7E0BF" w14:textId="77777777" w:rsidR="00C754B5" w:rsidRDefault="00C754B5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6820F21F" w14:textId="77777777" w:rsidR="00C754B5" w:rsidRDefault="00C754B5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30FDE05F" w14:textId="77777777" w:rsidR="00C754B5" w:rsidRDefault="00C754B5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B3B56C8" w14:textId="77777777" w:rsidR="00C754B5" w:rsidRDefault="00C754B5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15F618EE" w14:textId="77777777" w:rsidR="00C754B5" w:rsidRDefault="00C754B5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F114EE6" w14:textId="77777777" w:rsidR="00C754B5" w:rsidRDefault="00C754B5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76E58844" w14:textId="77777777" w:rsidR="00C754B5" w:rsidRDefault="00C754B5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2825B304" w14:textId="77777777" w:rsidR="00C754B5" w:rsidRDefault="00C754B5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07FD9031" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F335986" w14:textId="77777777" w:rsidR="00410F92" w:rsidRDefault="00410F92">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A7C3F86" w14:textId="77777777" w:rsidR="00410F92" w:rsidRDefault="00410F92">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25915702" w14:textId="1FFE5128" w:rsidR="007B259C" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="74DAA06D">
+          <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14A40EDB" w14:textId="23E62D34" w:rsidR="007B259C" w:rsidRPr="00B43620" w:rsidRDefault="00C754B5" w:rsidP="00410F92">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...126 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B43620">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">De manera atenta, le solicitamos diligenciar en su totalidad el presente formato y anexarlo al manuscrito en la plataforma OJS y/o remitirlo al correo electrónico:  </w:t>
       </w:r>
       <w:hyperlink r:id="rId17">
-        <w:r w:rsidRPr="007834AF">
+        <w:r w:rsidRPr="00B43620">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-            <w:bCs/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>revista.prospetiva@correounivalle.edu.co</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidR="00BC4E32" w:rsidRPr="007834AF" w:rsidSect="007834AF">
+    <w:sectPr w:rsidR="007B259C" w:rsidRPr="00B43620">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="851" w:left="1080" w:header="284" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
-      <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6A1A6243" w14:textId="77777777" w:rsidR="006D3EAE" w:rsidRDefault="006D3EAE">
-[...3 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0B18CA35" w14:textId="77777777" w:rsidR="001C35EA" w:rsidRDefault="001C35EA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4010F397" w14:textId="77777777" w:rsidR="006D3EAE" w:rsidRDefault="006D3EAE">
-[...3 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="3DF1CA94" w14:textId="77777777" w:rsidR="001C35EA" w:rsidRDefault="001C35EA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...8 lines deleted...]
-    <w:panose1 w:val="02020603050405020304"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Book Antiqua">
+    <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{AEF5800D-164E-4353-9E98-FABA6FF568EA}"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...1 lines deleted...]
-    <w:charset w:val="02"/>
+  <w:font w:name="Noto Sans Symbols">
+    <w:charset w:val="00"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:embedRegular r:id="rId2" w:fontKey="{2F77EA31-02F8-4AA6-8D37-F889BA9C0CE1}"/>
   </w:font>
-  <w:font w:name="Book Antiqua">
-    <w:panose1 w:val="02040602050305030304"/>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{E0F88629-9E9A-406D-869D-1FBFA45F4399}"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:embedItalic r:id="rId4" w:fontKey="{083E5EDA-73A1-4BC8-B50A-0BA61F0F962E}"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{B9755976-880B-4612-B138-2DC86266BA31}"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{0CB81C18-8A53-4244-9205-3128AE84BFA6}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="214106BE" w14:textId="77777777" w:rsidR="002133BE" w:rsidRDefault="002133BE">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="387E7499" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
     <w:pPr>
-      <w:pStyle w:val="Piedepgina"/>
-      <w:ind w:left="0" w:hanging="2"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4419"/>
+        <w:tab w:val="right" w:pos="8838"/>
+      </w:tabs>
+      <w:ind w:hanging="2"/>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2CDC54E4" w14:textId="77777777" w:rsidR="002133BE" w:rsidRDefault="002133BE">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="082EEFF2" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
     <w:pPr>
-      <w:pStyle w:val="Piedepgina"/>
-      <w:ind w:left="0" w:hanging="2"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4419"/>
+        <w:tab w:val="right" w:pos="8838"/>
+      </w:tabs>
+      <w:ind w:hanging="2"/>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3FFE4079" w14:textId="77777777" w:rsidR="002133BE" w:rsidRDefault="002133BE">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3067CF97" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
     <w:pPr>
-      <w:pStyle w:val="Piedepgina"/>
-      <w:ind w:left="0" w:hanging="2"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4419"/>
+        <w:tab w:val="right" w:pos="8838"/>
+      </w:tabs>
+      <w:ind w:hanging="2"/>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3E67727A" w14:textId="77777777" w:rsidR="007E41ED" w:rsidRDefault="007E41ED">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="11255D76" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
     <w:pPr>
-      <w:pStyle w:val="Piedepgina"/>
-      <w:ind w:left="0" w:hanging="2"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4419"/>
+        <w:tab w:val="right" w:pos="8838"/>
+      </w:tabs>
+      <w:ind w:hanging="2"/>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6449F085" w14:textId="77777777" w:rsidR="006D3EAE" w:rsidRDefault="006D3EAE">
-[...3 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0BFA022C" w14:textId="77777777" w:rsidR="001C35EA" w:rsidRDefault="001C35EA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D1BCC53" w14:textId="77777777" w:rsidR="006D3EAE" w:rsidRDefault="006D3EAE">
-[...3 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="49DF90D2" w14:textId="77777777" w:rsidR="001C35EA" w:rsidRDefault="001C35EA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="457ADE7F" w14:textId="4F6FAC74" w:rsidR="009A7FB3" w:rsidRPr="00FF2EF1" w:rsidRDefault="009A7FB3" w:rsidP="00752B7F">
-[...136 lines deleted...]
-    <w:p w14:paraId="2BE5914A" w14:textId="50CDBC93" w:rsidR="0060070A" w:rsidRPr="00EE14E4" w:rsidRDefault="0060070A" w:rsidP="00752B7F">
+    <w:p w14:paraId="64901EC3" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:leftChars="0" w:left="284" w:hangingChars="142" w:hanging="284"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FF2EF1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:vertAlign w:val="superscript"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:tab/>
+        <w:t>Diligenciar este formato por cada autor/a del artículo.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="2">
+    <w:p w14:paraId="07F911C9" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>La información proporcionada en este apartado es para uso exclusivo de la Revista con fines de indexación en Bases de datos.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="3">
+    <w:p w14:paraId="792BF18E" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Proporcione el número de </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FF2EF1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t xml:space="preserve">Registro </w:t>
-[...119 lines deleted...]
-        <w:t xml:space="preserve"> a través de </w:t>
+        <w:t xml:space="preserve">Registro Único de Investigadores. Si no lo tiene, puede obtenerlo a través de </w:t>
       </w:r>
       <w:hyperlink r:id="rId1">
-        <w:r w:rsidRPr="00FF2EF1">
+        <w:r w:rsidR="007B259C">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:highlight w:val="white"/>
           </w:rPr>
           <w:t>https://orcid.org/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00D83602" w:rsidRPr="00FF2EF1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="4">
+    <w:p w14:paraId="4204E474" w14:textId="3930A572" w:rsidR="00B43620" w:rsidRPr="00B43620" w:rsidRDefault="00B43620" w:rsidP="00B43620">
+      <w:pPr>
+        <w:pStyle w:val="Textonotapie"/>
+        <w:ind w:left="284" w:hanging="285"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B43620">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaalpie"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00B43620">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B43620">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Todo contenido generado por IA debe ser supervisado, editado y validado por los autores. La responsabilidad del contenido recae exclusivamente en los firmantes.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="73017069" w14:textId="77777777" w:rsidR="002133BE" w:rsidRDefault="002133BE">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1F7F673A" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
-      <w:ind w:left="0" w:hanging="2"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4419"/>
+        <w:tab w:val="right" w:pos="8838"/>
+      </w:tabs>
+      <w:ind w:hanging="2"/>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="6F38FC5B" w14:textId="77777777" w:rsidR="00176242" w:rsidRPr="00E335B1" w:rsidRDefault="00176242" w:rsidP="00176242">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="022684B4" w14:textId="77777777" w:rsidR="00B43620" w:rsidRDefault="00B43620">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:spacing w:line="276" w:lineRule="auto"/>
-      <w:ind w:left="0" w:hanging="2"/>
+      <w:ind w:hanging="2"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00E335B1">
+  </w:p>
+  <w:p w14:paraId="437B6C64" w14:textId="5935DB2F" w:rsidR="007B259C" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:ind w:hanging="2"/>
+      <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="114300" distR="114300" wp14:anchorId="787AC3AD" wp14:editId="3AD09725">
-[...2 lines deleted...]
-          <wp:docPr id="1" name="image1.jpg" descr="Logo Univalle"/>
+        <wp:inline distT="0" distB="0" distL="114300" distR="114300" wp14:anchorId="55BFFC9A" wp14:editId="414A9057">
+          <wp:extent cx="603088" cy="818738"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="2" name="image1.jpg" descr="Logo Univalle"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="image1.jpg" descr="Logo Univalle"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="603088" cy="818738"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="78360FDD" w14:textId="77777777" w:rsidR="00176242" w:rsidRPr="00176242" w:rsidRDefault="00176242" w:rsidP="00176242">
+  <w:p w14:paraId="70FA15C3" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:ind w:left="1" w:hanging="3"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00176242">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
+        <w:bCs/>
         <w:color w:val="000000"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
       <w:t>PROSPECTIVA</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4D0B8533" w14:textId="77777777" w:rsidR="00176242" w:rsidRPr="00176242" w:rsidRDefault="00176242" w:rsidP="00176242">
+  <w:p w14:paraId="4521C716" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
-      <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1" w:hanging="3"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00176242">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
+        <w:bCs/>
         <w:color w:val="000000"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
       <w:t xml:space="preserve">Revista de Trabajo </w:t>
     </w:r>
-    <w:r w:rsidRPr="00176242">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
+        <w:bCs/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
       <w:t xml:space="preserve">Social </w:t>
     </w:r>
-    <w:r w:rsidRPr="00176242">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
+        <w:bCs/>
         <w:color w:val="000000"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
       <w:t>e Intervención Social</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4E01CF5E" w14:textId="77777777" w:rsidR="00176242" w:rsidRPr="00176242" w:rsidRDefault="00176242" w:rsidP="00176242">
+  <w:p w14:paraId="3BDF6A8A" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
-      <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1" w:hanging="3"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="367D1AD2" w14:textId="77777777" w:rsidR="00176242" w:rsidRPr="00176242" w:rsidRDefault="00176242" w:rsidP="00176242">
+  <w:p w14:paraId="0506F7EB" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
-      <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1" w:hanging="3"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00176242">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
+        <w:bCs/>
         <w:color w:val="000000"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
       <w:t>Formulario de identificación de autores y artículos</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0D8B824E" w14:textId="77777777" w:rsidR="00BC4E32" w:rsidRPr="002133BE" w:rsidRDefault="00BC4E32" w:rsidP="002133BE">
+  <w:p w14:paraId="7761A64B" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
-      <w:ind w:left="0" w:hanging="2"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4419"/>
+        <w:tab w:val="right" w:pos="8838"/>
+      </w:tabs>
+      <w:ind w:hanging="2"/>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="007C6BD9" w14:textId="77777777" w:rsidR="002133BE" w:rsidRDefault="002133BE">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="26A25B91" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
-      <w:ind w:left="0" w:hanging="2"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4419"/>
+        <w:tab w:val="right" w:pos="8838"/>
+      </w:tabs>
+      <w:ind w:hanging="2"/>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1AF99AFE" w14:textId="77777777" w:rsidR="00570AC9" w:rsidRPr="002133BE" w:rsidRDefault="00570AC9" w:rsidP="002133BE">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="52390ECD" w14:textId="77777777" w:rsidR="007B259C" w:rsidRDefault="007B259C">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
-      <w:ind w:left="0" w:hanging="2"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4419"/>
+        <w:tab w:val="right" w:pos="8838"/>
+      </w:tabs>
+      <w:ind w:hanging="2"/>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="749D0823"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="240A0001">
+    <w:nsid w:val="665D3EDC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6256E0A4"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="718" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1438" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2158" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2878" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3598" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4318" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5038" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5758" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6478" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="803546438">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="80"/>
+  <w:embedTrueTypeFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00BC4E32"/>
-[...75 lines deleted...]
-    <w:rsid w:val="00FF2EF1"/>
+    <w:rsidRoot w:val="007B259C"/>
+    <w:rsid w:val="00117B2F"/>
+    <w:rsid w:val="001C35EA"/>
+    <w:rsid w:val="001F224D"/>
+    <w:rsid w:val="003435E7"/>
+    <w:rsid w:val="00410F92"/>
+    <w:rsid w:val="0074324E"/>
+    <w:rsid w:val="007B259C"/>
+    <w:rsid w:val="00936EE1"/>
+    <w:rsid w:val="00A92324"/>
+    <w:rsid w:val="00B43620"/>
+    <w:rsid w:val="00C754B5"/>
+    <w:rsid w:val="00CD74EC"/>
+    <w:rsid w:val="00F2518D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CO"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="30444595"/>
-  <w15:docId w15:val="{1F455944-EDA4-4957-951A-BE0541AC0E80}"/>
+  <w14:docId w14:val="37DF2B5E"/>
+  <w15:docId w15:val="{F4C5D54D-7DB1-458E-B135-21A75586FE59}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="es-ES" w:eastAsia="es-CO" w:bidi="ar-SA"/>
+        <w:lang w:val="es-CO" w:eastAsia="es-CO" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:ind w:hanging="1"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4621,273 +4273,280 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:pPr>
-[...10 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:bCs/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="280" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="220" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
-    <w:name w:val="Table Normal"/>
+    <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
-        <w:top w:w="0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="0" w:type="dxa"/>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:bCs/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal0">
+    <w:name w:val="Table Normal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="1" w:lineRule="atLeast"/>
-      <w:ind w:leftChars="-1" w:left="-1" w:hangingChars="1" w:hanging="1"/>
+      <w:ind w:leftChars="-1" w:left="-1" w:hangingChars="1"/>
       <w:textDirection w:val="btLr"/>
       <w:textAlignment w:val="top"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:position w:val="-1"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
     <w:qFormat/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:u w:val="single"/>
       <w:effect w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
       <w:em w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sinespaciado">
     <w:name w:val="No Spacing"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:line="1" w:lineRule="atLeast"/>
-      <w:ind w:leftChars="-1" w:left="-1" w:hangingChars="1" w:hanging="1"/>
+      <w:ind w:leftChars="-1" w:left="-1" w:hangingChars="1"/>
       <w:textDirection w:val="btLr"/>
       <w:textAlignment w:val="top"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:position w:val="-1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textodeglobo">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodegloboCar">
     <w:name w:val="Texto de globo Car"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
@@ -5025,810 +4684,144 @@
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:effect w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
       <w:em w:val="none"/>
       <w:lang w:val="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Refdenotaalpie">
     <w:name w:val="footnote reference"/>
     <w:qFormat/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:effect w:val="none"/>
       <w:vertAlign w:val="superscript"/>
       <w:cs w:val="0"/>
       <w:em w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subttulo">
-[...17 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="Mencinsinresolver">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005B326B"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prrafodelista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="005B326B"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tablaconcuadrcula">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00C4123B"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Subttulo">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a0">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...692 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:revista.prospetiva@correounivalle.edu.co" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -6124,96 +5117,96 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mieSgqdJbE0sa88bnau7yp4JIAiQw==">CgMxLjA4AHIhMUptSDhhUFpuS19NWTFMN1dvc21Ldnk3TVZubGgydGxN</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99DDD218-EFD9-4CA0-8ADD-1BA92A947C27}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E744B6C3-E3D1-466A-A828-17EF338A8EDB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>4320</Characters>
+  <Pages>5</Pages>
+  <Words>870</Words>
+  <Characters>4787</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>36</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>39</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5095</CharactersWithSpaces>
+  <CharactersWithSpaces>5646</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ADMIN</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>