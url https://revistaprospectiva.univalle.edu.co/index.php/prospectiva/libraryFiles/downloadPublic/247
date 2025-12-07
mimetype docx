--- v0 (2025-10-25)
+++ v1 (2025-12-07)
@@ -1,1867 +1,1705 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7CD1D36E" w14:textId="77777777" w:rsidR="00DD6E53" w:rsidRPr="007A28A1" w:rsidRDefault="00F8668E">
-[...7 lines deleted...]
-        </w:pBdr>
+    <w:p w14:paraId="6C668DF6" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00644652">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="26"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007A28A1">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35611034" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00644652">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67B75BDA" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00064630">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>En calidad de autor(es) exclusivo(s) y original(es) d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00064630">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>eclaro(amos) que:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="004BA68C" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00644652">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="015A9840" w14:textId="07EF9AA8" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00064630">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yo, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00064630">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:noProof/>
-[...51 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>XXX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00064630">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, identificado con el documento No. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00064630">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007A28A1">
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>XXX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00064630">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, confirmo que soy el autor (coautor) del texto “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00064630">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...16 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>XXX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00064630">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>” y que estoy de acuerdo con todos sus contenidos. De tal forma, cedo los derechos a Prospectiva de la Universidad del Valle, para publicar el mencionado texto, lo que incluye su reproducción, adaptación, transformación, publicación, distribución, comunicación, interpretación y ejecución pública, y comercialización, por los medios que considere (digital o impreso), por todo el término de su protección legal y en todos los territorios.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7F71" w:rsidRPr="00064630">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00064630">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Asimismo, declaro(amos) que cualquier reclamo que pueda sobrevenir de parte de un tercero por la originalidad o los contenidos de este texto, serán mi responsabilidad exclusiva.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60B751EF" w14:textId="77777777" w:rsidR="00EA7F71" w:rsidRPr="00064630" w:rsidRDefault="00EA7F71">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F737CFA" w14:textId="0E1938F7" w:rsidR="00EA7F71" w:rsidRPr="00064630" w:rsidRDefault="00EA7F71" w:rsidP="00EA7F71">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00064630">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Por voluntad propia, he decidido someter el texto mencionado al proceso de evaluación y probable publicación en la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00064630">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...419 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>revista Prospectiva</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00064630">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, y </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="es-CO"/>
+          </w:rPr>
+          <w:tag w:val="goog_rdk_1"/>
+          <w:id w:val="199581922"/>
+        </w:sdtPr>
+        <w:sdtContent/>
+      </w:sdt>
+      <w:r w:rsidRPr="00064630">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>asumo el compromiso de no enviarlo simultáneamente a ningún otro medio de publicación, mientras el proceso de evaluación se resuelva en la revista.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C8E717E" w14:textId="77777777" w:rsidR="00EA7F71" w:rsidRPr="00064630" w:rsidRDefault="00EA7F71" w:rsidP="00EA7F71">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FA4AD1E" w14:textId="77777777" w:rsidR="00EA7F71" w:rsidRPr="00064630" w:rsidRDefault="00EA7F71" w:rsidP="00EA7F71">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00064630">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>Declaro haber hecho uso correcto del derecho de cita, citando y referenciando aquellos elementos que no son de mi autoría. Reconozco que incurrir en alguna forma de plagio (plagio directo, autoplagio) o</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="es-CO"/>
+          </w:rPr>
+          <w:tag w:val="goog_rdk_2"/>
+          <w:id w:val="-1770493766"/>
+        </w:sdtPr>
+        <w:sdtContent/>
+      </w:sdt>
+      <w:r w:rsidRPr="00064630">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uso incorrecto de IA para la creación de contenido del artículo (datos de investigación, metodologías, imágenes derivadas de los resultados de la investigación) es motivo de rechazo del manuscrito</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00064630">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r w:rsidRPr="00064630">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B92102C" w14:textId="77777777" w:rsidR="00EA7F71" w:rsidRPr="00064630" w:rsidRDefault="00EA7F71" w:rsidP="00EA7F71">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5215095C" w14:textId="77777777" w:rsidR="00EA7F71" w:rsidRPr="00064630" w:rsidRDefault="00EA7F71" w:rsidP="00EA7F71">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00064630">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>Además, hago constar que he leído y acepto las políticas editoriales de la revista declaradas en su sitio web.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CFC43A3" w14:textId="77777777" w:rsidR="001503A1" w:rsidRDefault="001503A1" w:rsidP="00EA7F71">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="001503A1" w:rsidSect="00B9411C">
+          <w:headerReference w:type="default" r:id="rId8"/>
+          <w:footerReference w:type="default" r:id="rId9"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1418" w:header="284" w:footer="709" w:gutter="0"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AA2963D" w14:textId="152EAF51" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00EA7F71">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00064630">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Finalmente, confirmo que el texto podrá publicarse bajo una licencia Creative </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007A28A1">
+      <w:r w:rsidRPr="00064630">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Commons</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007A28A1">
+      <w:r w:rsidRPr="00064630">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> para su divulgación en línea, en acceso abierto</w:t>
       </w:r>
-      <w:r w:rsidR="00FE6CEB" w:rsidRPr="007A28A1">
-[...53 lines deleted...]
-      <w:r w:rsidRPr="007A28A1">
+      <w:r w:rsidRPr="00064630">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r w:rsidRPr="00064630">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, si la revista o la Universidad del Valle así lo definen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A6A65B5" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00644652">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0ECCB426" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00064630">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cordialmente,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD1D397" w14:textId="77777777" w:rsidR="00DD6E53" w:rsidRPr="007A28A1" w:rsidRDefault="00DD6E53" w:rsidP="0051040F">
-[...33 lines deleted...]
-      <w:r w:rsidRPr="007A28A1">
+    <w:p w14:paraId="5E27DA70" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00644652">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39F3E337" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00644652">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C60775E" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00064630">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre del autor: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD1D39A" w14:textId="77777777" w:rsidR="00DD6E53" w:rsidRPr="007A28A1" w:rsidRDefault="00F8668E">
+    <w:p w14:paraId="7BD02870" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00000000">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6237"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A28A1">
+      <w:r w:rsidRPr="00064630">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Firma:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD1D39B" w14:textId="77777777" w:rsidR="00DD6E53" w:rsidRPr="007A28A1" w:rsidRDefault="00F8668E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="007A28A1">
+    <w:p w14:paraId="7BAC41FA" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00064630">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No. de documento de identidad:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD1D39C" w14:textId="77777777" w:rsidR="00DD6E53" w:rsidRPr="007A28A1" w:rsidRDefault="00DD6E53">
-[...29 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="1A6C063D" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00644652">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D3813B9" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00064630">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">Nombre del autor: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD1D39F" w14:textId="77777777" w:rsidR="00DD6E53" w:rsidRPr="007A28A1" w:rsidRDefault="00F8668E">
+    <w:p w14:paraId="2B597793" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00000000">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6237"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A28A1">
+      <w:r w:rsidRPr="00064630">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Firma:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD1D3A0" w14:textId="77777777" w:rsidR="00DD6E53" w:rsidRPr="007A28A1" w:rsidRDefault="00F8668E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="007A28A1">
+    <w:p w14:paraId="224D144D" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00064630">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No. de documento de identidad:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD1D3A1" w14:textId="77777777" w:rsidR="00DD6E53" w:rsidRPr="007A28A1" w:rsidRDefault="00DD6E53">
-[...34 lines deleted...]
-      <w:r w:rsidRPr="007A28A1">
+    <w:p w14:paraId="021095E8" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00644652">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5153A724" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00644652">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11400353" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00064630">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre del autor: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD1D3A4" w14:textId="77777777" w:rsidR="00DD6E53" w:rsidRPr="007A28A1" w:rsidRDefault="00F8668E">
+    <w:p w14:paraId="5FCC3934" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00000000">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6237"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A28A1">
+      <w:r w:rsidRPr="00064630">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Firma:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD1D3A5" w14:textId="77777777" w:rsidR="00DD6E53" w:rsidRPr="007A28A1" w:rsidRDefault="00F8668E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="007A28A1">
+    <w:p w14:paraId="38BB669E" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00064630">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No. de documento de identidad:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD1D3A6" w14:textId="77777777" w:rsidR="00DD6E53" w:rsidRPr="007A28A1" w:rsidRDefault="00DD6E53">
-[...34 lines deleted...]
-      <w:r w:rsidRPr="007A28A1">
+    <w:p w14:paraId="085C965D" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00644652">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="630134E4" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00644652">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4056F721" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00064630">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre del autor: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD1D3A9" w14:textId="77777777" w:rsidR="00DD6E53" w:rsidRPr="007A28A1" w:rsidRDefault="00F8668E">
+    <w:p w14:paraId="635380D5" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00000000">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6237"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A28A1">
+      <w:r w:rsidRPr="00064630">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Firma:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD1D3AA" w14:textId="77777777" w:rsidR="00DD6E53" w:rsidRPr="007A28A1" w:rsidRDefault="00F8668E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="007A28A1">
+    <w:p w14:paraId="15824F09" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00064630">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No. de documento de identidad:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD1D3AB" w14:textId="77777777" w:rsidR="00DD6E53" w:rsidRPr="007A28A1" w:rsidRDefault="00DD6E53">
-[...23 lines deleted...]
-    <w:p w14:paraId="7FC2688D" w14:textId="21C15F87" w:rsidR="00C06755" w:rsidRDefault="00C06755">
+    <w:p w14:paraId="431ED613" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00644652">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11076D86" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00644652">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65016041" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00000000">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2835"/>
           <w:tab w:val="left" w:pos="6237"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00064630">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Firmado en, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22974758" w14:textId="77777777" w:rsidR="00C06755" w:rsidRDefault="00C06755">
+    <w:p w14:paraId="00D68EC2" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00644652">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2835"/>
           <w:tab w:val="left" w:pos="6237"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CD1D3AD" w14:textId="63278FBE" w:rsidR="00DD6E53" w:rsidRPr="007A28A1" w:rsidRDefault="00F8668E">
+    <w:p w14:paraId="422F6698" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00000000">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2835"/>
           <w:tab w:val="left" w:pos="6237"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A28A1">
+      <w:r w:rsidRPr="00064630">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Fecha: </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A28A1">
+      <w:r w:rsidRPr="00064630">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Ciudad:                              </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A28A1">
+      <w:r w:rsidRPr="00064630">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">País:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD1D3AE" w14:textId="77777777" w:rsidR="00DD6E53" w:rsidRPr="007A28A1" w:rsidRDefault="00DD6E53">
+    <w:p w14:paraId="2F7F9EF3" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00644652">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CD1D3AF" w14:textId="77777777" w:rsidR="00DD6E53" w:rsidRPr="007A28A1" w:rsidRDefault="00DD6E53">
+    <w:p w14:paraId="4E01AB64" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00644652">
       <w:pPr>
         <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="7CD1D3B0" w14:textId="77777777" w:rsidR="00DD6E53" w:rsidRPr="007A28A1" w:rsidRDefault="00F8668E">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="200AA0A6" w14:textId="77777777" w:rsidR="00EA0902" w:rsidRDefault="00EA0902">
       <w:pPr>
         <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DC71E0E" w14:textId="77777777" w:rsidR="00EA0902" w:rsidRDefault="00EA0902">
+      <w:pPr>
+        <w:ind w:hanging="2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3118F05F" w14:textId="52C1BEF2" w:rsidR="00644652" w:rsidRPr="00064630" w:rsidRDefault="00000000" w:rsidP="00EA0902">
+      <w:pPr>
+        <w:ind w:hanging="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00064630">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">De manera atenta, le solicitamos diligenciar y firmar este formato y anexarlo al manuscrito en la plataforma OJS y/o remitirlo al </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A28A1">
+      <w:r w:rsidRPr="00064630">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>correo electrónico:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00064630">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">correo electrónico:  </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:hyperlink r:id="rId10">
-        <w:r w:rsidRPr="007A28A1">
+        <w:r w:rsidR="00644652" w:rsidRPr="00064630">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>revista.prospetiva@correounivalle.edu.co</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007A28A1">
-[...12 lines deleted...]
-      <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="284" w:footer="709" w:gutter="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="00644652" w:rsidRPr="00064630" w:rsidSect="00B9411C">
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1418" w:header="284" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="06B3531C" w14:textId="77777777" w:rsidR="00AE4118" w:rsidRDefault="00AE4118">
+    <w:p w14:paraId="3C048616" w14:textId="77777777" w:rsidR="006B0FAB" w:rsidRDefault="006B0FAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09484C3A" w14:textId="77777777" w:rsidR="00AE4118" w:rsidRDefault="00AE4118">
+    <w:p w14:paraId="42CD490A" w14:textId="77777777" w:rsidR="006B0FAB" w:rsidRDefault="006B0FAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Linux Libertine G">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="7CD1D3B4" w14:textId="77777777" w:rsidR="00DD6E53" w:rsidRPr="00FE6CEB" w:rsidRDefault="00DD6E53">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="11F70991" w14:textId="77777777" w:rsidR="00644652" w:rsidRDefault="00644652">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="es-CO"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6C330459" w14:textId="77777777" w:rsidR="00AE4118" w:rsidRDefault="00AE4118">
+    <w:p w14:paraId="48B6C56F" w14:textId="77777777" w:rsidR="006B0FAB" w:rsidRDefault="006B0FAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="75A40515" w14:textId="77777777" w:rsidR="00AE4118" w:rsidRDefault="00AE4118">
+    <w:p w14:paraId="54F52F05" w14:textId="77777777" w:rsidR="006B0FAB" w:rsidRDefault="006B0FAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="515BFFE3" w14:textId="4517EEB5" w:rsidR="00FE6CEB" w:rsidRPr="007A28A1" w:rsidRDefault="00FE6CEB" w:rsidP="004052E5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Textonotapie"/>
+    <w:p w14:paraId="5C1E8187" w14:textId="36E34B74" w:rsidR="00EA7F71" w:rsidRPr="00B9411C" w:rsidRDefault="00EA7F71" w:rsidP="00B9411C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rStyle w:val="Refdenotaalpie"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B9411C">
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="007A28A1">
+      <w:r w:rsidRPr="00B9411C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004052E5" w:rsidRPr="007A28A1">
+      <w:r w:rsidR="00B9411C" w:rsidRPr="00B9411C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="007A28A1">
+      <w:r w:rsidRPr="00B9411C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="0051040F" w:rsidRPr="007A28A1">
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>El ocultar el uso de herramientas de IA será considerado una falta ética y será motivo de rechazo de un manuscrito en cualquier fase del proceso de publicación.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="2">
+    <w:p w14:paraId="52F0B25E" w14:textId="77777777" w:rsidR="00644652" w:rsidRPr="00B9411C" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B9411C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00B9411C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A28A1">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">institucionales, académicos o profesionales están permitidos, al igual que los </w:t>
+      <w:r w:rsidRPr="00B9411C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">La revista se publica en acceso abierto y el autoarchivo, en la versión del editor, en repositorios institucionales, académicos o profesionales están permitidos, al igual que los </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007A28A1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00B9411C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>reusos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007A28A1">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00B9411C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que los autores consideren para propósitos educativos, científicos, académicos o profesionales, de preferencia, indicando la cita completa al artículo publicado en la revista e incluyendo su </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B9411C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>doi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B9411C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (digital </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B9411C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>object</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B9411C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A28A1">
-[...16 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007A28A1">
-[...3 lines deleted...]
-        <w:t>doi</w:t>
+      <w:r w:rsidRPr="00B9411C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>identifier</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007A28A1">
-[...29 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00B9411C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...98 lines deleted...]
-      </w:pPr>
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="52EDDBD8" w14:textId="77777777" w:rsidR="009013E2" w:rsidRDefault="009013E2" w:rsidP="001503A1">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-    </w:lvl>
-[...168 lines deleted...]
-</w:numbering>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="64EF79EB" w14:textId="399CE444" w:rsidR="001503A1" w:rsidRPr="00064630" w:rsidRDefault="001503A1" w:rsidP="001503A1">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00064630">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:noProof/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="55DFCF84" wp14:editId="66199132">
+          <wp:extent cx="723900" cy="1000125"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="1021428949" name="image1.jpg" descr="Un dibujo con letras&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="3" name="image1.jpg" descr="Un dibujo con letras&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
+                  <pic:cNvPicPr preferRelativeResize="0"/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:srcRect l="-28" t="-20" r="-28" b="-20"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="723900" cy="1000125"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:ln/>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="52252408" w14:textId="77777777" w:rsidR="001503A1" w:rsidRPr="00064630" w:rsidRDefault="001503A1" w:rsidP="001503A1">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00064630">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>PROSPECTIVA</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="75E423D0" w14:textId="77777777" w:rsidR="001503A1" w:rsidRPr="00064630" w:rsidRDefault="001503A1" w:rsidP="001503A1">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00064630">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>Revista de Trabajo Social e Intervención Social</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="4C3EEBC1" w14:textId="77777777" w:rsidR="001503A1" w:rsidRPr="00064630" w:rsidRDefault="001503A1" w:rsidP="001503A1">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="7C00F026" w14:textId="7DE40899" w:rsidR="001503A1" w:rsidRPr="001503A1" w:rsidRDefault="001503A1" w:rsidP="001503A1">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00064630">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Cesión y compromiso de publicación </w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2B46114B" w14:textId="05DDA682" w:rsidR="001503A1" w:rsidRPr="001503A1" w:rsidRDefault="001503A1" w:rsidP="001503A1">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+    </w:pPr>
+    <w:r w:rsidRPr="001503A1">
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="70"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00DD6E53"/>
-[...17 lines deleted...]
-    <w:rsid w:val="00FE6CEB"/>
+    <w:rsidRoot w:val="00644652"/>
+    <w:rsid w:val="00064630"/>
+    <w:rsid w:val="00117B2F"/>
+    <w:rsid w:val="001503A1"/>
+    <w:rsid w:val="003329C9"/>
+    <w:rsid w:val="00346050"/>
+    <w:rsid w:val="004F17E0"/>
+    <w:rsid w:val="00644652"/>
+    <w:rsid w:val="006B0FAB"/>
+    <w:rsid w:val="00707A1B"/>
+    <w:rsid w:val="009013E2"/>
+    <w:rsid w:val="00B9411C"/>
+    <w:rsid w:val="00CD74EC"/>
+    <w:rsid w:val="00EA0902"/>
+    <w:rsid w:val="00EA7F71"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CO"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7CD1D36E"/>
-  <w15:docId w15:val="{C0ACC34D-7614-4F09-889D-50ED5BEC3CAB}"/>
+  <w14:docId w14:val="6CE05CEE"/>
+  <w15:docId w15:val="{F4C5D54D-7DB1-458E-B135-21A75586FE59}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="es-CO" w:eastAsia="es-CO" w:bidi="ar-SA"/>
+        <w:lang w:val="es-ES" w:eastAsia="es-CO" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2209,51 +2047,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
-      <w:lang w:val="es-ES" w:eastAsia="zh-CN"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
@@ -2383,50 +2221,61 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal0">
+    <w:name w:val="Table Normal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z0">
     <w:name w:val="WW8Num1z0"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z1">
     <w:name w:val="WW8Num1z1"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z2">
     <w:name w:val="WW8Num1z2"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z0">
     <w:name w:val="WW8Num2z0"/>
     <w:qFormat/>
     <w:rPr>
@@ -2962,51 +2811,51 @@
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Index">
     <w:name w:val="Index"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prrafodelista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sinespaciado">
     <w:name w:val="No Spacing"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
-      <w:lang w:val="es-ES" w:eastAsia="zh-CN"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Encabezado">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Piedepgina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textodeglobo">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
@@ -3114,55 +2963,59 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FE6CEB"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES" w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Refdenotaalpie">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FE6CEB"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:revista.prospetiva@correounivalle.edu.co" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:revista.prospetiva@correounivalle.edu.co" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3450,96 +3303,96 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mi6NTOYHLx442P90xm8Oa6BxBtzlg==">CgMxLjA4AHIhMUpMeEtBdzc0WGhybjlXa25CbWY2cWlBQ1IyZ3hpM3ZD</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F4BB47D-1577-4CD2-B09A-D31D200A9D5C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BFA0118B-C939-4781-ABD3-24DE66FDD375}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>256</Words>
-  <Characters>1410</Characters>
+  <Words>365</Words>
+  <Characters>2011</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>16</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1663</CharactersWithSpaces>
+  <CharactersWithSpaces>2372</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>usuario_2</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>